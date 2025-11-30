--- v0 (2025-10-08)
+++ v1 (2025-11-30)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="270" uniqueCount="153">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="381" uniqueCount="206">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -393,50 +393,77 @@
   <si>
     <t>71</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/71/ind._cmc__no_031-2025_-_solicitando_escola_no_povoado_umbuzeiro.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, para que sejam adotadas as providências necessárias no sentido de viabilizar a construção de uma escola municipal no Povoado Umbuzeiro</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/72/ind._cmc__no_032-2025_-_solicitando_iluminacao_publica_em_led_no_povoado_umbuzeiro.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, para que sejam adotadas as providências necessárias no sentido de viabilizar a instalação de iluminação pública em LED no Povoado Umbuzeiro</t>
   </si>
   <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>Câmara Municipal de Craíbas - CMC</t>
+  </si>
+  <si>
+    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2023/121/indicacao_33.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a adoção de medidas efetivas voltadas a acessibilidade nos prédios públicos e espaços urbanos.</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_34.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Excelentíssimo Senhor prefeito municipal, a criação de um centro de apoio e terapia especializada para pessoas com transtorno do espectro autista.</t>
+  </si>
+  <si>
     <t>73</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Márcio César</t>
   </si>
   <si>
     <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/73/ind._cmc__no_035-2025_-_solicitando_implantacao_de_canil_municipal_em_craibas.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, para que sejam adotadas as providências necessárias no sentido de viabilizar a implantação de um Canil Municipal, com estrutura adequada para acolhimento, cuidados veterinários e adoção responsável de cães abandonados ou resgatados nas vias públicas de Craíbas</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/74/ind._cmc__no_036-2025_-_solicitando_espaco_sensorial_inclusivo_no_acude_municipal.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, para que sejam adotadas as providências necessárias no sentido de viabilizar a revitalização do Açude Municipal, com a criação de um espaço adaptado e inclusivo voltado ao neurodesenvolvimento, especialmente para crianças com Transtorno do Espectro Autista (TEA).</t>
@@ -469,50 +496,182 @@
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, para que, em conjunto com a Secretaria Municipal de Ordem Pública e Meio Ambiente, seja elaborado um Projeto de Lei ou Decreto Municipal visando proibir a circulação e/ou permanência de veículos com som automotivo, paredões, motos com escapamento adulterado (“moto de estouro”) ou qualquer outro equipamento que provoque poluição sonora nas imediações de</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/77/ind._cmc__no_039-2025_-_solicitando_nomeacao_de_ruas_de_folha_miuda_e_vias_projetadas_do_centro.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, para que sejam adotadas as providências necessárias no sentido de elaborar e encaminhar projeto de lei que realize a denominação oficial das ruas do Distrito de Folha Miúda, bem como das ruas atualmente identificadas apenas como “Projetadas” no centro da cidade de Craíbas</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/78/ind._cmc__no_040-2025_-_solicitando_campo_de_futebol_no_distrito_de_folha_miuda.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, para que sejam adotadas as providências necessárias no sentido de viabilizar a construção de um campo de futebol no Distrito de Folha Miúda</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/90/ind._cmc__no_054-2025_-_guarda_municipal_distrito_folha_miuda.pdf</t>
+  </si>
+  <si>
+    <t>iindica ao excelentíssimo senhor prefeito municipal, para que sejam adotadas as providencias necessárias no sentido de estender a atuação da guarda municipal para o distrito de folha miúda</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/95/ind_59_cmc_faixa_elevada.pdf</t>
+  </si>
+  <si>
+    <t>indica ao excelentíssimo senhor prefeito municipal, para que sejam adotadas as providências necessárias visando a instalação de uma faixa elevada ou faixa de pedestre na AL- 486 nas mediações do cruzamento com a Rua Santa rosa,no bairro primavera.</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo senhor prefeito municipal, para que seja adotadas as providências necessárias visando a adesão do município ao sistema Brasileiro de inspeção de produtos de origem animal</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>Requer a realização de audiência pública, destinada a tratar de questionamentos relativos a operação da empresa</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei</t>
+  </si>
+  <si>
+    <t>Prefeitura Municipal de Craíbas - PMC</t>
+  </si>
+  <si>
+    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/98/pl_n02-2025.pdf</t>
+  </si>
+  <si>
+    <t>Nova redação aos artigos 90 ao 93 da Lei municipal N 142/1993 e dá outras providências</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Dispoe sibre o reajuste no vencimento dos servidores integrantes</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/103/pl_n06-2025.pdf</t>
+  </si>
+  <si>
+    <t>dispõe sobre o reajuste no vencimento dos servidores integrantes da rede pública municipal de ensino de Craíbas/AL e dá outras providências.</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>Altera a denominação da escola de educação basica tenente coronel José  barros paes, localizada  na rua francisco gama da silva, Craibas/ AL , E dá outras providências.</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/113/pl_n16-2026_polo.pdf</t>
+  </si>
+  <si>
+    <t>Denomina o polo industrial de Craíbas,  localizado no povoado lagoa do mel, município de Craíbas,  e da outras providências.</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/116/pl_n19-2025.pdf</t>
+  </si>
+  <si>
+    <t>reajusta o valor do subsídio, a titulo de remuneração mensal, do conselheiro tutelar do município de Craíbas/AL,  e dá outras providências</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>para que seja consignado nos anais desta casa legislativa o voto de profundo pesar pelo falecimento da senhora -, carinhosamente conhecida como nenê touca</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>PAR</t>
+  </si>
+  <si>
+    <t>Parecer</t>
+  </si>
+  <si>
+    <t>CFO - Comissão De Finanças e Orçamento</t>
+  </si>
+  <si>
+    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/101/parecer_cfo_n03-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Referente ao PL Número 04/ 2025 de Autoria do Poder Executivo Municipal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -816,67 +975,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/46/ind._cmc__no_001-2025_-_maquina_de_raio-x_e_ortopedista_no_hospital_do_centro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/47/ind._cmc__no_006-2025_-_iluminacao_de_led_no_percurso_da_capela_do_serrote.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/48/ind._cmc__no_008-2025_-_complexo_esportivo_no_sitio_lagoa_do_algodao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/49/ind._cmc__no_009-2025_-_creche_no_bairro_cohab.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/50/ind._cmc__no_010-2025_-_cobertura_das_quadras_poliesportivas.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/51/ind._cmc__no_011-2025_-_programa_craibas_feliz.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/52/ind._cmc__no_012-2025_-_solicitando_reforma_da_escola_municipal_edvaldo_correia_barbosa.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/54/ind._cmc__no_014-2025_-_solicitando_construcao_de_pracas_no_povoado_marruais.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/55/ind._cmc__no_015-2025_-_solicitando_quadra_de_futebol_no_povoado_lagoa_nova.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/56/ind._cmc__no_016-2025_-_solicitando_reducao_dos_custos_com_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/57/ind._cmc__no_017-2025_-_ubs_no_distrito_de_folha_miuda.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/58/ind._cmc__no_018-2025_-_manutencao_dos_quebra-molas_e_sinalizacao_em_folha_miuda.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/59/ind._cmc__no_019-2025_-_escola_no_assent._genivaldo_moura.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/60/ind._cmc__no_020-2025_-_filial_da_padaria_social_pao_na_cesta_na_cohab_do_dudu.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/61/ind._cmc__no_021-2025_-_rede_de_abastecimento_para_os_povoados_areia_branca_logrador_e_gila.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/62/ind._cmc__no_022-2025_-_programa_para_mulheres_vitimas_de_violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/63/ind._cmc__no_023-2025_-_solicitando_asfalto_de_pau_ferro_ate_lagoa_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/64/ind._cmc__no_024-2025_-_ambulancias_para_atendimento_municipal_e_viagens_intermunicipais.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/65/ind._cmc__no_025-2025_-_solicitando_torre_de_telefonia_para_o_distrito_de_folha_miuda.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/66/ind._cmc__no_026-2025_-_solicitando_ampliacao_de_beneficio_fiscal_ao_comercio_local.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/67/ind._cmc__no_027-2025_-_solicitando_melhorias_na_pista_craibas-arapiraca_junto_ao_der.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/68/ind._cmc__no_028-2025_-_solicitando_pontos_de_apoio_para_passageiros_na_rodovia_craibas-tabela.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/69/ind._cmc__no_029-2025_-_solicitando_identificacao_padronizada_da_frota_municipal.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/70/ind._cmc__no_030-2025_-_solicitando_cursos_profissionalizantes_para_craibas.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/71/ind._cmc__no_031-2025_-_solicitando_escola_no_povoado_umbuzeiro.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/72/ind._cmc__no_032-2025_-_solicitando_iluminacao_publica_em_led_no_povoado_umbuzeiro.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/73/ind._cmc__no_035-2025_-_solicitando_implantacao_de_canil_municipal_em_craibas.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/74/ind._cmc__no_036-2025_-_solicitando_espaco_sensorial_inclusivo_no_acude_municipal.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/75/ind._cmc__no_037-2025_-_solicitando_regulamentacao_do_funcionamento_do_comercio_em_feriados.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/76/ind._cmc__no_038-2025_-_solicitando_regulamentacao_contra_poluicao_sonora_em_escolas_e_igrejas.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/77/ind._cmc__no_039-2025_-_solicitando_nomeacao_de_ruas_de_folha_miuda_e_vias_projetadas_do_centro.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/78/ind._cmc__no_040-2025_-_solicitando_campo_de_futebol_no_distrito_de_folha_miuda.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/46/ind._cmc__no_001-2025_-_maquina_de_raio-x_e_ortopedista_no_hospital_do_centro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/47/ind._cmc__no_006-2025_-_iluminacao_de_led_no_percurso_da_capela_do_serrote.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/48/ind._cmc__no_008-2025_-_complexo_esportivo_no_sitio_lagoa_do_algodao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/49/ind._cmc__no_009-2025_-_creche_no_bairro_cohab.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/50/ind._cmc__no_010-2025_-_cobertura_das_quadras_poliesportivas.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/51/ind._cmc__no_011-2025_-_programa_craibas_feliz.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/52/ind._cmc__no_012-2025_-_solicitando_reforma_da_escola_municipal_edvaldo_correia_barbosa.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/54/ind._cmc__no_014-2025_-_solicitando_construcao_de_pracas_no_povoado_marruais.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/55/ind._cmc__no_015-2025_-_solicitando_quadra_de_futebol_no_povoado_lagoa_nova.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/56/ind._cmc__no_016-2025_-_solicitando_reducao_dos_custos_com_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/57/ind._cmc__no_017-2025_-_ubs_no_distrito_de_folha_miuda.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/58/ind._cmc__no_018-2025_-_manutencao_dos_quebra-molas_e_sinalizacao_em_folha_miuda.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/59/ind._cmc__no_019-2025_-_escola_no_assent._genivaldo_moura.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/60/ind._cmc__no_020-2025_-_filial_da_padaria_social_pao_na_cesta_na_cohab_do_dudu.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/61/ind._cmc__no_021-2025_-_rede_de_abastecimento_para_os_povoados_areia_branca_logrador_e_gila.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/62/ind._cmc__no_022-2025_-_programa_para_mulheres_vitimas_de_violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/63/ind._cmc__no_023-2025_-_solicitando_asfalto_de_pau_ferro_ate_lagoa_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/64/ind._cmc__no_024-2025_-_ambulancias_para_atendimento_municipal_e_viagens_intermunicipais.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/65/ind._cmc__no_025-2025_-_solicitando_torre_de_telefonia_para_o_distrito_de_folha_miuda.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/66/ind._cmc__no_026-2025_-_solicitando_ampliacao_de_beneficio_fiscal_ao_comercio_local.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/67/ind._cmc__no_027-2025_-_solicitando_melhorias_na_pista_craibas-arapiraca_junto_ao_der.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/68/ind._cmc__no_028-2025_-_solicitando_pontos_de_apoio_para_passageiros_na_rodovia_craibas-tabela.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/69/ind._cmc__no_029-2025_-_solicitando_identificacao_padronizada_da_frota_municipal.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/70/ind._cmc__no_030-2025_-_solicitando_cursos_profissionalizantes_para_craibas.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/71/ind._cmc__no_031-2025_-_solicitando_escola_no_povoado_umbuzeiro.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/72/ind._cmc__no_032-2025_-_solicitando_iluminacao_publica_em_led_no_povoado_umbuzeiro.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2023/121/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/73/ind._cmc__no_035-2025_-_solicitando_implantacao_de_canil_municipal_em_craibas.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/74/ind._cmc__no_036-2025_-_solicitando_espaco_sensorial_inclusivo_no_acude_municipal.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/75/ind._cmc__no_037-2025_-_solicitando_regulamentacao_do_funcionamento_do_comercio_em_feriados.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/76/ind._cmc__no_038-2025_-_solicitando_regulamentacao_contra_poluicao_sonora_em_escolas_e_igrejas.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/77/ind._cmc__no_039-2025_-_solicitando_nomeacao_de_ruas_de_folha_miuda_e_vias_projetadas_do_centro.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/78/ind._cmc__no_040-2025_-_solicitando_campo_de_futebol_no_distrito_de_folha_miuda.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/90/ind._cmc__no_054-2025_-_guarda_municipal_distrito_folha_miuda.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/95/ind_59_cmc_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/98/pl_n02-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/103/pl_n06-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/113/pl_n16-2026_polo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/116/pl_n19-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2025/101/parecer_cfo_n03-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H34"/>
+  <dimension ref="A1:H48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="23.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="38" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="165.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -1630,170 +1789,545 @@
         <v>129</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H30" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>136</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>137</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
+      <c r="F31" t="s">
+        <v>138</v>
+      </c>
       <c r="G31" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H31" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>143</v>
       </c>
       <c r="H32" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>145</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>146</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
         <v>12</v>
       </c>
-      <c r="F33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G33" s="1" t="s">
         <v>147</v>
       </c>
       <c r="H33" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>149</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>150</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
+        <v>151</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H34" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>154</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>155</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>40</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="H35" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>158</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>159</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
         <v>88</v>
       </c>
-      <c r="G34" s="1" t="s">
-[...3 lines deleted...]
-        <v>152</v>
+      <c r="G36" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="H36" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>162</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>48</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" t="s">
+        <v>22</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="H37" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>69</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" t="s">
+        <v>88</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="H38" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>168</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>73</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H39" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>170</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>171</v>
+      </c>
+      <c r="D40" t="s">
+        <v>172</v>
+      </c>
+      <c r="E40" t="s">
+        <v>173</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H40" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>175</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>176</v>
+      </c>
+      <c r="D41" t="s">
+        <v>177</v>
+      </c>
+      <c r="E41" t="s">
+        <v>178</v>
+      </c>
+      <c r="F41" t="s">
+        <v>179</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="H41" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>182</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>183</v>
+      </c>
+      <c r="D42" t="s">
+        <v>177</v>
+      </c>
+      <c r="E42" t="s">
+        <v>178</v>
+      </c>
+      <c r="F42" t="s">
+        <v>179</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H42" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>185</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>17</v>
+      </c>
+      <c r="D43" t="s">
+        <v>177</v>
+      </c>
+      <c r="E43" t="s">
+        <v>178</v>
+      </c>
+      <c r="F43" t="s">
+        <v>179</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="H43" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>188</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>53</v>
+      </c>
+      <c r="D44" t="s">
+        <v>177</v>
+      </c>
+      <c r="E44" t="s">
+        <v>178</v>
+      </c>
+      <c r="F44" t="s">
+        <v>179</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H44" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>190</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>57</v>
+      </c>
+      <c r="D45" t="s">
+        <v>177</v>
+      </c>
+      <c r="E45" t="s">
+        <v>178</v>
+      </c>
+      <c r="F45" t="s">
+        <v>179</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="H45" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>193</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>70</v>
+      </c>
+      <c r="D46" t="s">
+        <v>177</v>
+      </c>
+      <c r="E46" t="s">
+        <v>178</v>
+      </c>
+      <c r="F46" t="s">
+        <v>179</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="H46" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>196</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>10</v>
+      </c>
+      <c r="D47" t="s">
+        <v>197</v>
+      </c>
+      <c r="E47" t="s">
+        <v>198</v>
+      </c>
+      <c r="F47" t="s">
+        <v>138</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H47" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>200</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>171</v>
+      </c>
+      <c r="D48" t="s">
+        <v>201</v>
+      </c>
+      <c r="E48" t="s">
+        <v>202</v>
+      </c>
+      <c r="F48" t="s">
+        <v>203</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="H48" t="s">
+        <v>205</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>