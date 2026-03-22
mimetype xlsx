--- v0 (2025-10-08)
+++ v1 (2026-03-22)
@@ -54,267 +54,267 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Oseas Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/28/ind._cmc__no_01-2024_-_quadra_de_esportes_lagoa_do_algodao_-_oseas.pdf</t>
+    <t>http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/28/ind._cmc__no_01-2024_-_quadra_de_esportes_lagoa_do_algodao_-_oseas.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor PREFEITO MUNICIPAL, no sentido de que seja viabilizado a construção de uma quadra de esportes aberta no Povoado Lagoa do Algodão, nas proximidades da  escola da comunidade.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Nando Rosendo</t>
   </si>
   <si>
-    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/29/ind._cmc__no_02-2024_-_cameras_de_monitoramento_-_nando.pdf</t>
+    <t>http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/29/ind._cmc__no_02-2024_-_cameras_de_monitoramento_-_nando.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor PREFEITO MUNICIPAL, no sentido de que seja viabilizado a instalação de câmeras de monitoramento nas ruas do centro da cidade.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/30/ind._cmc__no_03-2024_-_organizacao_e_sinalizacao_do_centro_da_cidade.pdf</t>
+    <t>http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/30/ind._cmc__no_03-2024_-_organizacao_e_sinalizacao_do_centro_da_cidade.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor PREFEITO MUNICIPAL, no sentido de que seja viabilizado a realização de um estudo e posterior implementação de sinalização e organização do trânsito no centro de Craíbas.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Niraldo Crispim</t>
   </si>
   <si>
-    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/31/ind._cmc__no_04-2024_-_pbiblioteca_digital_-_crispim.pdf</t>
+    <t>http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/31/ind._cmc__no_04-2024_-_pbiblioteca_digital_-_crispim.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor PREFEITO MUNICIPAL,  no sentido de que seja viabilizado a criação de um espaço digital com computadores e acesso à internet.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Valdinho Fausto</t>
   </si>
   <si>
-    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/32/ind._cmc__no_05-2024_-_criacao_de_um_nace_-_v._fausto.pdf</t>
+    <t>http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/32/ind._cmc__no_05-2024_-_criacao_de_um_nace_-_v._fausto.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor PREFEITO MUNICIPAL, no sentido de que sejam adotadas medidas para a criação de um Núcleo de Apoio para Crianças Especiais (NACE) no município de Craíbas</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/33/ind._cmc__no_06-2024_-_prova_do_enem_-_crispim.pdf</t>
+    <t>http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/33/ind._cmc__no_06-2024_-_prova_do_enem_-_crispim.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor PREFEITO MUNICIPAL, o sentido de que sejam adotadas medidas necessárias para que o Exame Nacional do Ensino Médio (ENEM) seja realizado em nosso Município de Craíbas</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Beba Candido</t>
   </si>
   <si>
-    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/34/ind._cmc__no_07-2024_-_adicional_de_periculosidade_na_categoria_de_vigilante.pdf</t>
+    <t>http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/34/ind._cmc__no_07-2024_-_adicional_de_periculosidade_na_categoria_de_vigilante.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor PREFEITO MUNICIPAL, no sentido de que sejam adotadas medidas necessárias para implementação do adicional de periculosidade nos salários dos vigilantes municipais</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/35/ind._cmc__no_08-2024_-_passagem_elevada_e_faixa_de_pedestre_frente_nas_escolas.pdf</t>
+    <t>http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/35/ind._cmc__no_08-2024_-_passagem_elevada_e_faixa_de_pedestre_frente_nas_escolas.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor PREFEITO MUNICIPAL, no sentido de que sejam adotadas medidas necessárias para a instalação de passagens elevadas e faixas de pedestres em frente às escolas municipais, visando a segurança dos alunos.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/36/ind._cmc__no_09-2024_-_upa_para_o_centro_do_municipio.pdf</t>
+    <t>http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/36/ind._cmc__no_09-2024_-_upa_para_o_centro_do_municipio.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor PREFEITO MUNICIPAL, no sentido de que sejam adotadas medidas necessárias para a construção de uma Unidade de Pronto Atendimento (UPA) no centro do município, sugerindo que o Prefeito busque o apoio do Deputado Federal Arthur Lira para a viabilização deste projeto.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/37/ind._cmc__no_10-2024_-_revitalizar_a_estrada_que_liga_craibas_a_folha_miuda.pdf</t>
+    <t>http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/37/ind._cmc__no_10-2024_-_revitalizar_a_estrada_que_liga_craibas_a_folha_miuda.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor PREFEITO MUNICIPAL, no sentido de que sejam adotadas medidas necessárias, junto ao Departamento de Estradas de Rodagem (DER), para a revitalização da estrada que liga Craíbas/Al ao Distrito de Folha Miúda</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/38/ind._cmc__no_11-2024_-_coleta_do_carro_do_lixo_-_no_povoado_bom_jesus.pdf</t>
+    <t>http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/38/ind._cmc__no_11-2024_-_coleta_do_carro_do_lixo_-_no_povoado_bom_jesus.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor PREFEITO MUNICIPAL, no sentido de que sejam adotadas medidas necessárias para a regularização da coleta de lixo no Povoado Bom Jesus</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/39/ind._cmc__no_12-2024_-_reforma_do_escola_-_sitio_lagoa_do_mel.pdf</t>
+    <t>http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/39/ind._cmc__no_12-2024_-_reforma_do_escola_-_sitio_lagoa_do_mel.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor PREFEITO MUNICIPAL, no sentido de que sejam adotadas medidas necessárias para a reforma da Escola Municipal Antônio Jovino da Silva, situada no Sítio Lagoa do Mel.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/40/ind._cmc__no_13-2024_-_reforma_do_escola_-_sitio_lagoa_da_cruz.pdf</t>
+    <t>http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/40/ind._cmc__no_13-2024_-_reforma_do_escola_-_sitio_lagoa_da_cruz.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor PREFEITO MUNICIPAL, no sentido de que sejam adotadas medidas necessárias para a reforma da Escola Municipal Delmiro Soares da Silva, situada no Sítio Lagoa da Cruz</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/41/ind._cmc__no_14-2024_-_calcamento_da_rua_31_de_janeiro.pdf</t>
+    <t>http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/41/ind._cmc__no_14-2024_-_calcamento_da_rua_31_de_janeiro.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor PREFEITO MUNICIPAL, , no sentido de que sejam adotadas medidas necessárias para o calçamento da Rua 31 de Janeiro, no centro da Cidade, tendo como referência o sentindo da casa do morador local Zé Lucena</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/42/ind._cmc__no_15-2024_-_calcamento_da_rua_francisco_cavalcante.pdf</t>
+    <t>http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/42/ind._cmc__no_15-2024_-_calcamento_da_rua_francisco_cavalcante.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor PREFEITO MUNICIPAL, no sentido de que sejam adotadas medidas necessárias visando o calçamento da Rua Francisco Cavalcante, situada no Bairro Primavera, popularmente conhecida como Rua do Dr. Jorge, como referência</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/43/ind._cmc_-_no_17-2024_-_nando.pdf</t>
+    <t>http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/43/ind._cmc_-_no_17-2024_-_nando.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor PREFEITO MUNICIPAL, no sentindo de que sejam adotados medidas necessárias para a construção de uma quadra poliesportiva no povoado Marruás.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/44/ind._cmc_-_no_18_-_2024_-_nando.pdf</t>
+    <t>http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/44/ind._cmc_-_no_18_-_2024_-_nando.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor PREFEITO MUNICIPAL, no sentindo que sejam adotados medidas necessárias para a construção de uma quadra poliesportiva no Povoado Pau Ferro.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.craibas.al.leg.br/media/</t>
+    <t>http://sapl.craibas.al.leg.br/media/</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor PREFEITO MUNICIPAL, no sentindo de que sejam adotadas medidas necessárias para elaboração de um mapeamento e a devida identificação das ruas da cidade de Craíbas e do Distrito de Folha Miúda.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -621,68 +621,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/28/ind._cmc__no_01-2024_-_quadra_de_esportes_lagoa_do_algodao_-_oseas.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/29/ind._cmc__no_02-2024_-_cameras_de_monitoramento_-_nando.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/30/ind._cmc__no_03-2024_-_organizacao_e_sinalizacao_do_centro_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/31/ind._cmc__no_04-2024_-_pbiblioteca_digital_-_crispim.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/32/ind._cmc__no_05-2024_-_criacao_de_um_nace_-_v._fausto.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/33/ind._cmc__no_06-2024_-_prova_do_enem_-_crispim.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/34/ind._cmc__no_07-2024_-_adicional_de_periculosidade_na_categoria_de_vigilante.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/35/ind._cmc__no_08-2024_-_passagem_elevada_e_faixa_de_pedestre_frente_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/36/ind._cmc__no_09-2024_-_upa_para_o_centro_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/37/ind._cmc__no_10-2024_-_revitalizar_a_estrada_que_liga_craibas_a_folha_miuda.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/38/ind._cmc__no_11-2024_-_coleta_do_carro_do_lixo_-_no_povoado_bom_jesus.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/39/ind._cmc__no_12-2024_-_reforma_do_escola_-_sitio_lagoa_do_mel.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/40/ind._cmc__no_13-2024_-_reforma_do_escola_-_sitio_lagoa_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/41/ind._cmc__no_14-2024_-_calcamento_da_rua_31_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/42/ind._cmc__no_15-2024_-_calcamento_da_rua_francisco_cavalcante.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/43/ind._cmc_-_no_17-2024_-_nando.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/44/ind._cmc_-_no_18_-_2024_-_nando.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.craibas.al.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/28/ind._cmc__no_01-2024_-_quadra_de_esportes_lagoa_do_algodao_-_oseas.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/29/ind._cmc__no_02-2024_-_cameras_de_monitoramento_-_nando.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/30/ind._cmc__no_03-2024_-_organizacao_e_sinalizacao_do_centro_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/31/ind._cmc__no_04-2024_-_pbiblioteca_digital_-_crispim.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/32/ind._cmc__no_05-2024_-_criacao_de_um_nace_-_v._fausto.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/33/ind._cmc__no_06-2024_-_prova_do_enem_-_crispim.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/34/ind._cmc__no_07-2024_-_adicional_de_periculosidade_na_categoria_de_vigilante.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/35/ind._cmc__no_08-2024_-_passagem_elevada_e_faixa_de_pedestre_frente_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/36/ind._cmc__no_09-2024_-_upa_para_o_centro_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/37/ind._cmc__no_10-2024_-_revitalizar_a_estrada_que_liga_craibas_a_folha_miuda.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/38/ind._cmc__no_11-2024_-_coleta_do_carro_do_lixo_-_no_povoado_bom_jesus.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/39/ind._cmc__no_12-2024_-_reforma_do_escola_-_sitio_lagoa_do_mel.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/40/ind._cmc__no_13-2024_-_reforma_do_escola_-_sitio_lagoa_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/41/ind._cmc__no_14-2024_-_calcamento_da_rua_31_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/42/ind._cmc__no_15-2024_-_calcamento_da_rua_francisco_cavalcante.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/43/ind._cmc_-_no_17-2024_-_nando.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.craibas.al.leg.br/media/sapl/public/materialegislativa/2024/44/ind._cmc_-_no_18_-_2024_-_nando.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.craibas.al.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="149" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="148.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>